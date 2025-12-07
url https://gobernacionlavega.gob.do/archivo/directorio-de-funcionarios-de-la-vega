--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -4,55 +4,55 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11760"/>
   </bookViews>
   <sheets>
-    <sheet name="DIRECTORIO LV 2025" sheetId="16" r:id="rId1"/>
+    <sheet name="FUNCIONARIOS LV 2025" sheetId="16" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DIRECTORIO LV 2025'!$A$4:$G$110</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'DIRECTORIO LV 2025'!$A$2:$G$110</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'FUNCIONARIOS LV 2025'!$A$4:$G$110</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'FUNCIONARIOS LV 2025'!$A$2:$G$110</definedName>
   </definedNames>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="458" uniqueCount="409">
   <si>
     <t>809-242-2000</t>
   </si>
   <si>
     <t>DRA. MILAGROS GARCIA</t>
   </si>
   <si>
     <t>ING. ALEXIS ALMONTE</t>
   </si>
   <si>
     <t>ENC. DEL DISTRITO DEL INDRHI</t>
   </si>
   <si>
     <t>ING. PABLO DE MOYA</t>
   </si>
   <si>
     <t>LICDA. YESENIA FERNANDEZ</t>
   </si>
@@ -2446,56 +2446,57 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blanca.ruiz@minerd.gob.do" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hospitaljuanbosch.gob.do/1026-2/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrobiou@miderec.gob.do&#160;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfernandez@sdess.gob.do" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aduanas.gob.do/sobre-nosotros/quienes-somos/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://comedoreseconomicos.gob.do/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julyanna.corporan@idoppril.gob.do" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srscibaosur.gob.do/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bayala@dgdc.gob.do" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://siuben.gob.do/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srscibaocentral.gob.do/sobre-nosotros/nuestro-director/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edenorte.com.do/quienes-somos/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bsantos@inap.gob.do" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edenorte.com.do/quienes-somos/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arssenasa.gob.do/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iad.gob.do/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gobernacionlavega.gob.do/gobernadora/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srscibaosur.gob.do/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jblopez@promipyme.gob.do" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Federico.perez@minerd.gob.do" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francisco.mercedesma@minerd.gob.do" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgii.gov.do/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elvisyscomp@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:n.concepcion@superate.gob.do" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indrhi.gob.do/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hospitaldra.armidagarcia@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coraavega.gob.do/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comedoreseconomicos.gob.do/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cburgos@dgba.gob.do" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.superate.gob.do/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sie.gob.do/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dncd.mil.do" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuel.estevez@idoppril.gob.do" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mujer.gob.do/index.php/oficinas-provinciales-de-la-mujer-region-norte/item/756-la-vega" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oai.lavega@mip.gob.do" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dgdc.gob.do/index.php" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ayuntamientolavega.gob.do/alcaldesa/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alcaldiadelavega@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://share.google/ljCLRyVPSuhamlPzP" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://miderec.gob.do/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mopc.gob.do/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intrant.gob.do/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dr.ortegaqx@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arrodriguez@miderec.gob.do&#160;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inap.gob.do/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bancoagricola.gob.do/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coraavega.gob.do/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rnorcentral@indocafe.gob.do" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:digesett@gob.do" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saludbucalregionviii@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gobprovlavega@mip.gob.do" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.senadord.gob.do/provincia/la-vega/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://promipyme.gob.do/contactos-y-sucursales" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cultura.gob.do/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carmen.rosario@minerd.gob.do" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LpersiaG@edenorte.com.do" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ar.rosario@superate.gob.do" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AMPaulino@edenorte.com.do&#160;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaquino@siuben.gob.do&#160;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://miderec.gob.do/directores-provinciales/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:829-915-8302" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pablo.demoya@agricultura.gob.do" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proconsumidor.gob.do/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icardenas@arssenasa.gob.do" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sesacabrera761@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dncd.gob.do/transparencia/inicio" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idoppril.gob.do/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eudocia.pena@mujer.gob.do" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bellasartesrd.gob.do/escuela-de-bellas-artes-la-vega" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gobernacionlavega.gob.do/transparencia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hpaulino.morilloking@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arobles@sns.gob.do" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jolivo@dgii.gov.do" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.superate.gob.do/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:distritoyunacamu@gmail.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.indocafe.gob.do/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rangeles@proindustria.gov.do&#160;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htrinidad@sie.gov.do" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lavega@senado.gob.do" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:odontologia@srsviii.gob.do" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://miderec.gob.do/directores-provinciales/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mt.gob.do/dependency/ote-la-vega/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idoppril.gob.do/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricultura.gob.do/nosotros/funcionarios/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digesett.gob.do/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hospitalmorilloking.gob.do/sobre-nosotros/despacho-de-la-directora/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
+    <tabColor theme="6" tint="0.79998168889431442"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:H114"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
-      <selection activeCell="G14" sqref="G14"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="47.5703125" style="3" customWidth="1"/>
     <col min="2" max="2" width="37.5703125" style="3" customWidth="1"/>
     <col min="3" max="3" width="23.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="33.5703125" style="74" customWidth="1"/>
     <col min="5" max="5" width="48.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="25.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="39.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A2" s="133" t="s">
         <v>188</v>
       </c>
       <c r="B2" s="133"/>
       <c r="C2" s="133"/>
       <c r="D2" s="133"/>
       <c r="E2" s="133"/>
       <c r="F2" s="133"/>
       <c r="G2" s="133"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
@@ -4530,46 +4531,46 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>DIRECTORIO LV 2025</vt:lpstr>
-      <vt:lpstr>'DIRECTORIO LV 2025'!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>FUNCIONARIOS LV 2025</vt:lpstr>
+      <vt:lpstr>'FUNCIONARIOS LV 2025'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Luffi</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Luffi</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>