--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -602,53 +602,50 @@
   <si>
     <t>Gobprovlavega@mip.gob.do</t>
   </si>
   <si>
     <t>DIRECTORIO PROVINCIAL DE FUNCIONARIOS PÚBLICOS DE LA VEGA</t>
   </si>
   <si>
     <r>
       <t>ARQ. FRANCISCO FLORENTINO   (FRANCIS</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>lavega@senado.gob.do</t>
   </si>
   <si>
-    <t>LUISA M. JIMENEZ CABREJA</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMÓN ROGELIO GENAO DURÁN</t>
   </si>
   <si>
     <t>CENTRO DIAGNÓSTICO, 3ER. NIVEL, LA VEGA</t>
   </si>
   <si>
     <t>809-573-3636</t>
   </si>
   <si>
     <t>AUTOPISTA DUARTE KM 101, CARRETERA BONAO, LA VEGA</t>
   </si>
   <si>
     <t>ENC. DIRECCIÓN PROVINCIAL OBRAS PÚBLICAS</t>
   </si>
   <si>
     <t>https://mujer.gob.do/index.php/oficinas-provinciales-de-la-mujer-region-norte/item/756-la-vega</t>
   </si>
   <si>
     <t>eudocia.pena@mujer.gob.do</t>
   </si>
   <si>
     <t>Gobernadora : Gobernación Provincial de La Vega</t>
   </si>
   <si>
     <t>Senado | Ramón Rogelio Genao Durán - Senador de La Vega 2024-2028</t>
@@ -1282,50 +1279,53 @@
     <t>julyanna.corporan@idoppril.gob.do</t>
   </si>
   <si>
     <t>manuel.estevez@idoppril.gob.do</t>
   </si>
   <si>
     <t>AVENIDA GARCIA GODOY, PLAZA ESTELA, LOCAL 106, CENTRO CIUDAD (FRENTE AL PARQUE DEL ESTUDIANTE), LA VEGA.</t>
   </si>
   <si>
     <t>https://idoppril.gob.do/</t>
   </si>
   <si>
     <t>C/BENITO GONZALEZ, ESQ. AVENIDA IMBERT, SECTOR GURABITO (FRENTE AL ESTADIO CIBAO), SANTIAGO.</t>
   </si>
   <si>
     <t>809-749-1717</t>
   </si>
   <si>
     <t>Calle Benito Monción esq. Ing. García, La Vega</t>
   </si>
   <si>
     <t>saludbucalregionviii@gmail.com</t>
   </si>
   <si>
     <t>Inicio - Servicio Regional de Salud Cibao Sur</t>
+  </si>
+  <si>
+    <t>LUISA A. JIMENEZ CABREJA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -2440,1298 +2440,1298 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blanca.ruiz@minerd.gob.do" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hospitaljuanbosch.gob.do/1026-2/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrobiou@miderec.gob.do&#160;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfernandez@sdess.gob.do" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aduanas.gob.do/sobre-nosotros/quienes-somos/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://comedoreseconomicos.gob.do/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julyanna.corporan@idoppril.gob.do" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srscibaosur.gob.do/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bayala@dgdc.gob.do" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://siuben.gob.do/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srscibaocentral.gob.do/sobre-nosotros/nuestro-director/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edenorte.com.do/quienes-somos/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bsantos@inap.gob.do" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edenorte.com.do/quienes-somos/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arssenasa.gob.do/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iad.gob.do/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gobernacionlavega.gob.do/gobernadora/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srscibaosur.gob.do/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jblopez@promipyme.gob.do" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Federico.perez@minerd.gob.do" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francisco.mercedesma@minerd.gob.do" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgii.gov.do/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elvisyscomp@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:n.concepcion@superate.gob.do" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indrhi.gob.do/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hospitaldra.armidagarcia@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coraavega.gob.do/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comedoreseconomicos.gob.do/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cburgos@dgba.gob.do" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.superate.gob.do/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sie.gob.do/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dncd.mil.do" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuel.estevez@idoppril.gob.do" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mujer.gob.do/index.php/oficinas-provinciales-de-la-mujer-region-norte/item/756-la-vega" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oai.lavega@mip.gob.do" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dgdc.gob.do/index.php" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ayuntamientolavega.gob.do/alcaldesa/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alcaldiadelavega@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://share.google/ljCLRyVPSuhamlPzP" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://miderec.gob.do/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mopc.gob.do/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intrant.gob.do/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dr.ortegaqx@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arrodriguez@miderec.gob.do&#160;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inap.gob.do/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bancoagricola.gob.do/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coraavega.gob.do/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rnorcentral@indocafe.gob.do" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:digesett@gob.do" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saludbucalregionviii@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gobprovlavega@mip.gob.do" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.senadord.gob.do/provincia/la-vega/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://promipyme.gob.do/contactos-y-sucursales" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cultura.gob.do/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carmen.rosario@minerd.gob.do" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LpersiaG@edenorte.com.do" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ar.rosario@superate.gob.do" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AMPaulino@edenorte.com.do&#160;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaquino@siuben.gob.do&#160;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://miderec.gob.do/directores-provinciales/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:829-915-8302" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pablo.demoya@agricultura.gob.do" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proconsumidor.gob.do/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icardenas@arssenasa.gob.do" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sesacabrera761@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dncd.gob.do/transparencia/inicio" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idoppril.gob.do/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eudocia.pena@mujer.gob.do" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bellasartesrd.gob.do/escuela-de-bellas-artes-la-vega" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gobernacionlavega.gob.do/transparencia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hpaulino.morilloking@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arobles@sns.gob.do" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jolivo@dgii.gov.do" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.superate.gob.do/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:distritoyunacamu@gmail.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.indocafe.gob.do/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rangeles@proindustria.gov.do&#160;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htrinidad@sie.gov.do" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lavega@senado.gob.do" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:odontologia@srsviii.gob.do" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://miderec.gob.do/directores-provinciales/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mt.gob.do/dependency/ote-la-vega/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idoppril.gob.do/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricultura.gob.do/nosotros/funcionarios/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digesett.gob.do/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hospitalmorilloking.gob.do/sobre-nosotros/despacho-de-la-directora/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gobernacionlavega.gob.do/transparencia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hpaulino.morilloking@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blanca.ruiz@minerd.gob.do" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arobles@sns.gob.do" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hospitaljuanbosch.gob.do/1026-2/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jolivo@dgii.gov.do" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrobiou@miderec.gob.do&#160;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfernandez@sdess.gob.do" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.superate.gob.do/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:distritoyunacamu@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aduanas.gob.do/sobre-nosotros/quienes-somos/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://comedoreseconomicos.gob.do/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.indocafe.gob.do/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julyanna.corporan@idoppril.gob.do" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srscibaosur.gob.do/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rangeles@proindustria.gov.do&#160;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htrinidad@sie.gov.do" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lavega@senado.gob.do" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bayala@dgdc.gob.do" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://siuben.gob.do/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srscibaocentral.gob.do/sobre-nosotros/nuestro-director/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edenorte.com.do/quienes-somos/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:odontologia@srsviii.gob.do" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://miderec.gob.do/directores-provinciales/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bsantos@inap.gob.do" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edenorte.com.do/quienes-somos/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mt.gob.do/dependency/ote-la-vega/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arssenasa.gob.do/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iad.gob.do/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idoppril.gob.do/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gobernacionlavega.gob.do/gobernadora/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricultura.gob.do/nosotros/funcionarios/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digesett.gob.do/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srscibaosur.gob.do/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hospitalmorilloking.gob.do/sobre-nosotros/despacho-de-la-directora/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jblopez@promipyme.gob.do" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Federico.perez@minerd.gob.do" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francisco.mercedesma@minerd.gob.do" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgii.gov.do/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elvisyscomp@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:n.concepcion@superate.gob.do" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indrhi.gob.do/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hospitaldra.armidagarcia@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coraavega.gob.do/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comedoreseconomicos.gob.do/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cburgos@dgba.gob.do" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.superate.gob.do/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sie.gob.do/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dncd.mil.do" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuel.estevez@idoppril.gob.do" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mujer.gob.do/index.php/oficinas-provinciales-de-la-mujer-region-norte/item/756-la-vega" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oai.lavega@mip.gob.do" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dgdc.gob.do/index.php" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ayuntamientolavega.gob.do/alcaldesa/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alcaldiadelavega@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://share.google/ljCLRyVPSuhamlPzP" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://miderec.gob.do/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mopc.gob.do/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intrant.gob.do/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dr.ortegaqx@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arrodriguez@miderec.gob.do&#160;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inap.gob.do/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bancoagricola.gob.do/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coraavega.gob.do/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rnorcentral@indocafe.gob.do" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:digesett@gob.do" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saludbucalregionviii@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gobprovlavega@mip.gob.do" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.senadord.gob.do/provincia/la-vega/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://promipyme.gob.do/contactos-y-sucursales" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cultura.gob.do/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carmen.rosario@minerd.gob.do" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LpersiaG@edenorte.com.do" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ar.rosario@superate.gob.do" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AMPaulino@edenorte.com.do&#160;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaquino@siuben.gob.do&#160;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ministeriodeeducacion.gob.do/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://miderec.gob.do/directores-provinciales/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:829-915-8302" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pablo.demoya@agricultura.gob.do" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proconsumidor.gob.do/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icardenas@arssenasa.gob.do" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sesacabrera761@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dncd.gob.do/transparencia/inicio" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idoppril.gob.do/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eudocia.pena@mujer.gob.do" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bellasartesrd.gob.do/escuela-de-bellas-artes-la-vega" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor theme="6" tint="0.79998168889431442"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:H114"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="47.5703125" style="3" customWidth="1"/>
     <col min="2" max="2" width="37.5703125" style="3" customWidth="1"/>
     <col min="3" max="3" width="23.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="33.5703125" style="74" customWidth="1"/>
     <col min="5" max="5" width="48.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="25.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="39.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A2" s="133" t="s">
         <v>188</v>
       </c>
       <c r="B2" s="133"/>
       <c r="C2" s="133"/>
       <c r="D2" s="133"/>
       <c r="E2" s="133"/>
       <c r="F2" s="133"/>
       <c r="G2" s="133"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>171</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>185</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>182</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>183</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>184</v>
       </c>
       <c r="G4" s="45" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="H4" s="37"/>
     </row>
     <row r="5" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>186</v>
       </c>
       <c r="B5" s="9" t="s">
-        <v>191</v>
+        <v>408</v>
       </c>
       <c r="C5" s="10" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="D5" s="75" t="s">
         <v>187</v>
       </c>
       <c r="E5" s="68" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F5" s="49" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="G5" s="84" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="H5" s="37"/>
     </row>
     <row r="6" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B6" s="13" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C6" s="14" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="D6" s="67" t="s">
         <v>190</v>
       </c>
       <c r="E6" s="69" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F6" s="50" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G6" s="38" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="H6" s="37"/>
     </row>
     <row r="7" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B7" s="13" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C7" s="16" t="s">
         <v>0</v>
       </c>
       <c r="D7" s="76" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E7" s="70" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="F7" s="49" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G7" s="39" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="H7" s="37"/>
     </row>
     <row r="8" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
+        <v>281</v>
+      </c>
+      <c r="B8" s="13" t="s">
         <v>282</v>
       </c>
-      <c r="B8" s="13" t="s">
+      <c r="C8" s="16" t="s">
         <v>283</v>
       </c>
-      <c r="C8" s="16" t="s">
+      <c r="D8" s="67" t="s">
         <v>284</v>
       </c>
-      <c r="D8" s="67" t="s">
+      <c r="E8" s="71" t="s">
+        <v>192</v>
+      </c>
+      <c r="F8" s="49" t="s">
+        <v>214</v>
+      </c>
+      <c r="G8" s="85" t="s">
         <v>285</v>
-      </c>
-[...7 lines deleted...]
-        <v>286</v>
       </c>
       <c r="H8" s="37"/>
     </row>
     <row r="9" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>241</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="D9" s="67" t="s">
         <v>243</v>
       </c>
-      <c r="B9" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D9" s="67" t="s">
+      <c r="E9" s="72" t="s">
         <v>244</v>
       </c>
-      <c r="E9" s="72" t="s">
+      <c r="F9" s="49" t="s">
+        <v>214</v>
+      </c>
+      <c r="G9" s="59" t="s">
         <v>245</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
       <c r="H9" s="37"/>
     </row>
     <row r="10" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B10" s="9" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>133</v>
       </c>
       <c r="D10" s="67" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="E10" s="73" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="F10" s="49" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G10" s="39" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="H10" s="37"/>
     </row>
     <row r="11" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>127</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>134</v>
       </c>
       <c r="D11" s="58"/>
       <c r="E11" s="15"/>
       <c r="F11" s="49" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G11" s="86"/>
       <c r="H11" s="37"/>
     </row>
     <row r="12" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="61" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="10" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="D12" s="102" t="s">
+        <v>350</v>
+      </c>
+      <c r="E12" s="12" t="s">
         <v>351</v>
       </c>
-      <c r="E12" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="49" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G12" s="119" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="H12" s="37"/>
     </row>
     <row r="13" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>234</v>
+      </c>
+      <c r="C13" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="D13" s="67" t="s">
+        <v>246</v>
+      </c>
+      <c r="E13" s="29" t="s">
+        <v>194</v>
+      </c>
+      <c r="F13" s="49" t="s">
+        <v>214</v>
+      </c>
+      <c r="G13" s="38" t="s">
         <v>249</v>
-      </c>
-[...16 lines deleted...]
-        <v>250</v>
       </c>
       <c r="H13" s="37"/>
     </row>
     <row r="14" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="B14" s="9" t="s">
         <v>291</v>
       </c>
-      <c r="B14" s="9" t="s">
+      <c r="C14" s="41" t="s">
         <v>292</v>
       </c>
-      <c r="C14" s="41" t="s">
+      <c r="D14" s="67" t="s">
         <v>293</v>
       </c>
-      <c r="D14" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="132" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="F14" s="49" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G14" s="39" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="H14" s="37"/>
     </row>
     <row r="15" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>109</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C15" s="11" t="s">
+        <v>404</v>
+      </c>
+      <c r="D15" s="67" t="s">
+        <v>406</v>
+      </c>
+      <c r="E15" s="131" t="s">
         <v>405</v>
       </c>
-      <c r="D15" s="67" t="s">
+      <c r="F15" s="49" t="s">
+        <v>214</v>
+      </c>
+      <c r="G15" s="39" t="s">
         <v>407</v>
-      </c>
-[...7 lines deleted...]
-        <v>408</v>
       </c>
       <c r="H15" s="37"/>
     </row>
     <row r="16" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>135</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>136</v>
       </c>
       <c r="D16" s="60"/>
       <c r="E16" s="62"/>
       <c r="F16" s="11"/>
       <c r="G16" s="30"/>
     </row>
     <row r="17" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="99" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="D17" s="60"/>
       <c r="E17" s="100"/>
       <c r="F17" s="11"/>
       <c r="G17" s="38" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>189</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>137</v>
       </c>
       <c r="D18" s="60"/>
       <c r="E18" s="11"/>
       <c r="F18" s="11"/>
       <c r="G18" s="30"/>
     </row>
     <row r="19" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>138</v>
       </c>
       <c r="D19" s="101" t="s">
+        <v>330</v>
+      </c>
+      <c r="E19" s="44" t="s">
+        <v>332</v>
+      </c>
+      <c r="F19" s="49" t="s">
+        <v>333</v>
+      </c>
+      <c r="G19" s="38" t="s">
         <v>331</v>
-      </c>
-[...7 lines deleted...]
-        <v>332</v>
       </c>
       <c r="H19" s="37"/>
     </row>
     <row r="20" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="10" t="s">
+        <v>343</v>
+      </c>
+      <c r="D20" s="91" t="s">
         <v>344</v>
       </c>
-      <c r="D20" s="91" t="s">
+      <c r="E20" s="60" t="s">
+        <v>346</v>
+      </c>
+      <c r="F20" s="49" t="s">
+        <v>214</v>
+      </c>
+      <c r="G20" s="59" t="s">
         <v>345</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="60"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
       <c r="G21" s="40" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>141</v>
       </c>
       <c r="D22" s="60"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="39" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>129</v>
       </c>
       <c r="D23" s="60"/>
       <c r="E23" s="11"/>
       <c r="F23" s="11"/>
       <c r="G23" s="30"/>
     </row>
     <row r="24" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="10"/>
       <c r="D24" s="60"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="30"/>
     </row>
     <row r="25" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>142</v>
       </c>
       <c r="D25" s="60"/>
       <c r="E25" s="11"/>
       <c r="F25" s="11"/>
       <c r="G25" s="39" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="10" t="s">
         <v>114</v>
       </c>
       <c r="D26" s="60"/>
       <c r="E26" s="11"/>
       <c r="F26" s="11"/>
       <c r="G26" s="86"/>
       <c r="H26" s="37"/>
     </row>
     <row r="27" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>144</v>
       </c>
       <c r="D27" s="77" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="E27" s="8" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="F27" s="49" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G27" s="38" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="H27" s="37"/>
     </row>
     <row r="28" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>128</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>145</v>
       </c>
       <c r="D28" s="77" t="s">
+        <v>260</v>
+      </c>
+      <c r="E28" s="60" t="s">
         <v>261</v>
       </c>
-      <c r="E28" s="60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="49" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G28" s="38" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="H28" s="37"/>
     </row>
     <row r="29" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>146</v>
       </c>
       <c r="D29" s="77" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="E29" s="60" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F29" s="49" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G29" s="38" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="H29" s="37"/>
     </row>
     <row r="30" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>147</v>
       </c>
       <c r="B30" s="9" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>93</v>
       </c>
       <c r="D30" s="77" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="F30" s="49" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G30" s="38" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="H30" s="37"/>
     </row>
     <row r="31" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>149</v>
       </c>
       <c r="D31" s="76" t="s">
+        <v>200</v>
+      </c>
+      <c r="E31" s="44" t="s">
+        <v>232</v>
+      </c>
+      <c r="F31" s="49" t="s">
+        <v>215</v>
+      </c>
+      <c r="G31" s="39" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>202</v>
       </c>
       <c r="H31" s="37"/>
     </row>
     <row r="32" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>130</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>131</v>
       </c>
       <c r="D32" s="60"/>
       <c r="E32" s="11"/>
       <c r="F32" s="11"/>
       <c r="G32" s="39" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="H32" s="37"/>
     </row>
     <row r="33" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>150</v>
       </c>
       <c r="C33" s="10"/>
       <c r="D33" s="60"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="38" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>152</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>151</v>
       </c>
       <c r="D34" s="60"/>
       <c r="E34" s="11"/>
       <c r="F34" s="11"/>
       <c r="G34" s="30"/>
     </row>
     <row r="35" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>110</v>
       </c>
       <c r="C35" s="10"/>
       <c r="D35" s="60"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="30"/>
     </row>
     <row r="36" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>108</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>112</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="60"/>
       <c r="E36" s="11"/>
       <c r="F36" s="11"/>
       <c r="G36" s="30"/>
     </row>
     <row r="37" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C37" s="28" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D37" s="60"/>
       <c r="E37" s="11"/>
       <c r="F37" s="11"/>
       <c r="G37" s="87" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>71</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C38" s="10"/>
       <c r="D38" s="60"/>
       <c r="E38" s="11"/>
       <c r="F38" s="11"/>
       <c r="G38" s="30"/>
     </row>
     <row r="39" spans="1:7" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>68</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C39" s="41" t="s">
+        <v>202</v>
+      </c>
+      <c r="D39" s="76" t="s">
         <v>203</v>
       </c>
-      <c r="D39" s="76" t="s">
+      <c r="E39" s="42" t="s">
+        <v>231</v>
+      </c>
+      <c r="F39" s="49" t="s">
+        <v>216</v>
+      </c>
+      <c r="G39" s="40" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>102</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>153</v>
       </c>
       <c r="C40" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="D40" s="77" t="s">
         <v>272</v>
       </c>
-      <c r="D40" s="77" t="s">
+      <c r="E40" s="47" t="s">
+        <v>294</v>
+      </c>
+      <c r="F40" s="49" t="s">
         <v>273</v>
       </c>
-      <c r="E40" s="47" t="s">
-[...2 lines deleted...]
-      <c r="F40" s="49" t="s">
+      <c r="G40" s="63" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>155</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>154</v>
       </c>
       <c r="C41" s="10"/>
       <c r="D41" s="60"/>
       <c r="E41" s="11"/>
       <c r="F41" s="11"/>
       <c r="G41" s="39" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>157</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>156</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D42" s="60"/>
       <c r="E42" s="114" t="s">
+        <v>379</v>
+      </c>
+      <c r="F42" s="49" t="s">
+        <v>217</v>
+      </c>
+      <c r="G42" s="39" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="10"/>
       <c r="D43" s="60"/>
       <c r="E43" s="11"/>
       <c r="F43" s="11"/>
       <c r="G43" s="30"/>
     </row>
     <row r="44" spans="1:7" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
+        <v>395</v>
+      </c>
+      <c r="B44" s="9" t="s">
         <v>396</v>
       </c>
-      <c r="B44" s="9" t="s">
+      <c r="C44" s="11" t="s">
         <v>397</v>
       </c>
-      <c r="C44" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="77" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="E44" s="8" t="s">
+        <v>401</v>
+      </c>
+      <c r="F44" s="49" t="s">
+        <v>215</v>
+      </c>
+      <c r="G44" s="66" t="s">
         <v>402</v>
-      </c>
-[...4 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C45" s="41" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="D45" s="77" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="F45" s="49" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="G45" s="66" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B46" s="9" t="s">
+        <v>305</v>
+      </c>
+      <c r="C46" s="88" t="s">
+        <v>315</v>
+      </c>
+      <c r="D46" s="93" t="s">
+        <v>300</v>
+      </c>
+      <c r="E46" s="89" t="s">
+        <v>309</v>
+      </c>
+      <c r="F46" s="49" t="s">
+        <v>215</v>
+      </c>
+      <c r="G46" s="40" t="s">
         <v>306</v>
-      </c>
-[...13 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B47" s="9" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C47" s="88" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D47" s="93" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="E47" s="90" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="F47" s="49" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="G47" s="40" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="B48" s="9" t="s">
         <v>298</v>
       </c>
-      <c r="B48" s="9" t="s">
+      <c r="C48" s="88" t="s">
         <v>299</v>
       </c>
-      <c r="C48" s="88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="104" t="s">
+        <v>302</v>
+      </c>
+      <c r="E48" s="105" t="s">
         <v>303</v>
       </c>
-      <c r="E48" s="105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="49" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="G48" s="40" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B49" s="9" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C49" s="10" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="D49" s="106"/>
       <c r="E49" s="129" t="s">
+        <v>355</v>
+      </c>
+      <c r="F49" s="49" t="s">
+        <v>215</v>
+      </c>
+      <c r="G49" s="38" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C50" s="10"/>
       <c r="D50" s="79"/>
       <c r="E50" s="103"/>
       <c r="F50" s="11"/>
       <c r="G50" s="30"/>
     </row>
     <row r="51" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>158</v>
       </c>
       <c r="D51" s="60"/>
       <c r="E51" s="11"/>
       <c r="F51" s="11"/>
       <c r="G51" s="48"/>
     </row>
     <row r="52" spans="1:7" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="34" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B52" s="36" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C52" s="35" t="s">
         <v>159</v>
       </c>
       <c r="D52" s="78" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E52" s="43" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="F52" s="49" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="G52" s="40" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="31" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B53" s="32" t="s">
         <v>28</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>160</v>
       </c>
       <c r="D53" s="120" t="s">
+        <v>381</v>
+      </c>
+      <c r="E53" s="121" t="s">
         <v>382</v>
       </c>
-      <c r="E53" s="121" t="s">
+      <c r="F53" s="49" t="s">
+        <v>215</v>
+      </c>
+      <c r="G53" s="66" t="s">
         <v>383</v>
-      </c>
-[...4 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C54" s="10"/>
       <c r="D54" s="60"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="30"/>
     </row>
     <row r="55" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>120</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>121</v>
       </c>
       <c r="C55" s="10"/>
       <c r="D55" s="60"/>
       <c r="E55" s="11"/>
       <c r="F55" s="11"/>
       <c r="G55" s="30"/>
     </row>
     <row r="56" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>161</v>
       </c>
       <c r="D56" s="60"/>
       <c r="E56" s="11"/>
       <c r="F56" s="11"/>
       <c r="G56" s="30"/>
     </row>
     <row r="57" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C57" s="107" t="s">
+        <v>360</v>
+      </c>
+      <c r="D57" s="75" t="s">
         <v>361</v>
       </c>
-      <c r="D57" s="75" t="s">
+      <c r="E57" s="108" t="s">
         <v>362</v>
       </c>
-      <c r="E57" s="108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" s="49" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="G57" s="112" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>162</v>
       </c>
       <c r="C58" s="10"/>
       <c r="D58" s="60"/>
       <c r="E58" s="130"/>
       <c r="F58" s="111"/>
       <c r="G58" s="109"/>
     </row>
     <row r="59" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C59" s="10"/>
       <c r="D59" s="60"/>
       <c r="E59" s="110"/>
       <c r="F59" s="110"/>
       <c r="G59" s="30"/>
     </row>
     <row r="60" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>163</v>
       </c>
       <c r="D60" s="60"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="59" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="10"/>
       <c r="D61" s="60"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="59" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>164</v>
       </c>
       <c r="C62" s="10" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="D62" s="77" t="s">
+        <v>320</v>
+      </c>
+      <c r="E62" s="10" t="s">
         <v>321</v>
       </c>
-      <c r="E62" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" s="49" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="G62" s="66" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>89</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C63" s="10" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="D63" s="77" t="s">
+        <v>322</v>
+      </c>
+      <c r="E63" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="F63" s="49" t="s">
+        <v>273</v>
+      </c>
+      <c r="G63" s="66" t="s">
         <v>323</v>
-      </c>
-[...7 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>165</v>
       </c>
       <c r="D64" s="77" t="s">
+        <v>207</v>
+      </c>
+      <c r="E64" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="F64" s="49" t="s">
+        <v>233</v>
+      </c>
+      <c r="G64" s="40" t="s">
         <v>208</v>
-      </c>
-[...7 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="65" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C65" s="11" t="s">
+        <v>311</v>
+      </c>
+      <c r="D65" s="91" t="s">
         <v>312</v>
       </c>
-      <c r="D65" s="91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="8" t="s">
+        <v>324</v>
+      </c>
+      <c r="F65" s="49" t="s">
+        <v>223</v>
+      </c>
+      <c r="G65" s="40" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
         <v>42</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>43</v>
       </c>
       <c r="D66" s="60"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="G66" s="30"/>
     </row>
     <row r="67" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>85</v>
       </c>
       <c r="C67" s="10"/>
@@ -3759,141 +3759,141 @@
       </c>
       <c r="B69" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C69" s="10"/>
       <c r="D69" s="60"/>
       <c r="E69" s="11"/>
       <c r="F69" s="11"/>
       <c r="G69" s="30"/>
     </row>
     <row r="70" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C70" s="10"/>
       <c r="D70" s="60"/>
       <c r="E70" s="11"/>
       <c r="F70" s="11"/>
       <c r="G70" s="30"/>
     </row>
     <row r="71" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="B71" s="9" t="s">
         <v>372</v>
       </c>
-      <c r="B71" s="9" t="s">
+      <c r="C71" s="10" t="s">
         <v>373</v>
       </c>
-      <c r="C71" s="10" t="s">
+      <c r="D71" s="75" t="s">
         <v>374</v>
       </c>
-      <c r="D71" s="75" t="s">
+      <c r="E71" s="118" t="s">
+        <v>376</v>
+      </c>
+      <c r="F71" s="49" t="s">
+        <v>214</v>
+      </c>
+      <c r="G71" s="66" t="s">
         <v>375</v>
-      </c>
-[...7 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>166</v>
       </c>
       <c r="D72" s="60"/>
       <c r="E72" s="11"/>
       <c r="F72" s="11"/>
       <c r="G72" s="30"/>
     </row>
     <row r="73" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>122</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>167</v>
       </c>
       <c r="D73" s="60"/>
       <c r="E73" s="11"/>
       <c r="F73" s="11"/>
       <c r="G73" s="30"/>
     </row>
     <row r="74" spans="1:7" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C74" s="10" t="s">
+        <v>368</v>
+      </c>
+      <c r="D74" s="117" t="s">
+        <v>370</v>
+      </c>
+      <c r="E74" s="114" t="s">
+        <v>365</v>
+      </c>
+      <c r="F74" s="49" t="s">
         <v>369</v>
       </c>
-      <c r="D74" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="114" t="s">
+      <c r="G74" s="66" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
         <v>54</v>
       </c>
       <c r="B75" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="C75" s="92" t="s">
         <v>327</v>
       </c>
-      <c r="C75" s="92" t="s">
+      <c r="D75" s="77" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="E75" s="115"/>
       <c r="F75" s="116"/>
       <c r="G75" s="66" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
         <v>56</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C76" s="10"/>
       <c r="D76" s="60"/>
       <c r="E76" s="11"/>
       <c r="F76" s="11"/>
       <c r="G76" s="30"/>
     </row>
     <row r="77" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
         <v>58</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C77" s="10"/>
       <c r="D77" s="60"/>
       <c r="E77" s="11"/>
@@ -3945,200 +3945,200 @@
       </c>
       <c r="B81" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C81" s="11"/>
       <c r="D81" s="60"/>
       <c r="E81" s="11"/>
       <c r="F81" s="11"/>
       <c r="G81" s="30"/>
     </row>
     <row r="82" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="8" t="s">
         <v>87</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="11"/>
       <c r="D82" s="60"/>
       <c r="E82" s="11"/>
       <c r="F82" s="11"/>
       <c r="G82" s="30"/>
     </row>
     <row r="83" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="B83" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="C83" s="51" t="s">
+        <v>316</v>
+      </c>
+      <c r="D83" s="77" t="s">
         <v>220</v>
       </c>
-      <c r="B83" s="9" t="s">
-[...5 lines deleted...]
-      <c r="D83" s="77" t="s">
+      <c r="E83" s="52" t="s">
         <v>221</v>
       </c>
-      <c r="E83" s="52" t="s">
+      <c r="F83" s="49" t="s">
+        <v>223</v>
+      </c>
+      <c r="G83" s="40" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="8" t="s">
         <v>92</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C84" s="11"/>
       <c r="D84" s="60"/>
       <c r="E84" s="11"/>
       <c r="F84" s="11"/>
       <c r="G84" s="30"/>
     </row>
     <row r="85" spans="1:7" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="94" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="B85" s="98" t="s">
+        <v>334</v>
+      </c>
+      <c r="C85" s="95" t="s">
         <v>335</v>
       </c>
-      <c r="C85" s="95" t="s">
+      <c r="D85" s="96" t="s">
         <v>336</v>
       </c>
-      <c r="D85" s="96" t="s">
+      <c r="E85" s="97" t="s">
         <v>337</v>
       </c>
-      <c r="E85" s="97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" s="49" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="G85" s="66" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
     <row r="86" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="31" t="s">
+        <v>275</v>
+      </c>
+      <c r="B86" s="64" t="s">
         <v>276</v>
       </c>
-      <c r="B86" s="64" t="s">
+      <c r="C86" s="65" t="s">
         <v>277</v>
       </c>
-      <c r="C86" s="65" t="s">
+      <c r="D86" s="77" t="s">
         <v>278</v>
       </c>
-      <c r="D86" s="77" t="s">
+      <c r="E86" s="97" t="s">
+        <v>337</v>
+      </c>
+      <c r="F86" s="49" t="s">
+        <v>223</v>
+      </c>
+      <c r="G86" s="66" t="s">
         <v>279</v>
-      </c>
-[...7 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="87" spans="1:7" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="8" t="s">
         <v>69</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C87" s="10"/>
       <c r="D87" s="60"/>
       <c r="E87" s="11"/>
       <c r="F87" s="11"/>
       <c r="G87" s="30"/>
     </row>
     <row r="88" spans="1:7" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="8" t="s">
         <v>124</v>
       </c>
       <c r="B88" s="9" t="s">
         <v>123</v>
       </c>
       <c r="C88" s="10"/>
       <c r="D88" s="60"/>
       <c r="E88" s="11"/>
       <c r="F88" s="11"/>
       <c r="G88" s="30"/>
     </row>
     <row r="89" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>168</v>
       </c>
       <c r="B89" s="83" t="s">
+        <v>224</v>
+      </c>
+      <c r="C89" s="55" t="s">
         <v>225</v>
       </c>
-      <c r="C89" s="55" t="s">
+      <c r="D89" s="80" t="s">
         <v>226</v>
       </c>
-      <c r="D89" s="80" t="s">
+      <c r="E89" s="57" t="s">
+        <v>228</v>
+      </c>
+      <c r="F89" s="49" t="s">
+        <v>214</v>
+      </c>
+      <c r="G89" s="56" t="s">
         <v>227</v>
-      </c>
-[...7 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="90" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="8" t="s">
         <v>170</v>
       </c>
       <c r="B90" s="32" t="s">
         <v>169</v>
       </c>
       <c r="C90" s="33" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="D90" s="81" t="s">
+        <v>211</v>
+      </c>
+      <c r="E90" s="53" t="s">
+        <v>210</v>
+      </c>
+      <c r="F90" s="50" t="s">
+        <v>217</v>
+      </c>
+      <c r="G90" s="54" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="91" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="8" t="s">
         <v>95</v>
       </c>
       <c r="B91" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C91" s="10"/>
       <c r="D91" s="60"/>
       <c r="E91" s="11"/>
       <c r="F91" s="11"/>
       <c r="G91" s="30"/>
     </row>
     <row r="92" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="12" t="s">
         <v>173</v>
       </c>
       <c r="B92" s="13" t="s">
         <v>172</v>
       </c>
       <c r="C92" s="14"/>
       <c r="D92" s="60"/>
       <c r="E92" s="11"/>
@@ -4159,97 +4159,97 @@
       <c r="E93" s="11"/>
       <c r="F93" s="11"/>
       <c r="G93" s="30"/>
     </row>
     <row r="94" spans="1:7" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A94" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B94" s="13" t="s">
         <v>115</v>
       </c>
       <c r="C94" s="14"/>
       <c r="D94" s="60"/>
       <c r="E94" s="11"/>
       <c r="F94" s="11"/>
       <c r="G94" s="30"/>
     </row>
     <row r="95" spans="1:7" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A95" s="12" t="s">
         <v>177</v>
       </c>
       <c r="B95" s="13" t="s">
         <v>132</v>
       </c>
       <c r="C95" s="124" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="D95" s="125" t="s">
+        <v>392</v>
+      </c>
+      <c r="E95" s="127" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="F95" s="128"/>
       <c r="G95" s="126" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="18" t="s">
         <v>178</v>
       </c>
       <c r="B96" s="13" t="s">
         <v>113</v>
       </c>
       <c r="C96" s="19"/>
       <c r="D96" s="60"/>
       <c r="E96" s="11"/>
       <c r="F96" s="11"/>
       <c r="G96" s="30"/>
     </row>
     <row r="97" spans="1:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="20" t="s">
+        <v>384</v>
+      </c>
+      <c r="B97" s="21" t="s">
         <v>385</v>
       </c>
-      <c r="B97" s="21" t="s">
+      <c r="C97" s="8" t="s">
         <v>386</v>
       </c>
-      <c r="C97" s="8" t="s">
+      <c r="D97" s="123" t="s">
         <v>387</v>
       </c>
-      <c r="D97" s="123" t="s">
+      <c r="E97" s="8" t="s">
         <v>388</v>
       </c>
-      <c r="E97" s="8" t="s">
+      <c r="F97" s="50" t="s">
+        <v>215</v>
+      </c>
+      <c r="G97" s="87" t="s">
         <v>389</v>
-      </c>
-[...4 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="22"/>
       <c r="B98" s="21" t="s">
         <v>118</v>
       </c>
       <c r="C98" s="23"/>
       <c r="D98" s="113"/>
       <c r="E98" s="11"/>
       <c r="F98" s="11"/>
       <c r="G98" s="30"/>
     </row>
     <row r="99" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="18" t="s">
         <v>72</v>
       </c>
       <c r="B99" s="13" t="s">
         <v>179</v>
       </c>
       <c r="C99" s="14" t="s">
         <v>180</v>
       </c>
       <c r="D99" s="60"/>
       <c r="E99" s="11"/>